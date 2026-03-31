--- v0 (2026-01-29)
+++ v1 (2026-03-31)
@@ -425,51 +425,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:EZ29"/>
+  <dimension ref="A1:HG31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Employee Name</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>29 Aug 2025</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>30 Aug 2025</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -1214,50 +1214,345 @@
       <c r="EV1" s="1" t="inlineStr">
         <is>
           <t>26 Jan 2026</t>
         </is>
       </c>
       <c r="EW1" s="1" t="inlineStr">
         <is>
           <t>27 Jan 2026</t>
         </is>
       </c>
       <c r="EX1" s="1" t="inlineStr">
         <is>
           <t>28 Jan 2026</t>
         </is>
       </c>
       <c r="EY1" s="1" t="inlineStr">
         <is>
           <t>29 Jan 2026</t>
         </is>
       </c>
       <c r="EZ1" s="1" t="inlineStr">
         <is>
           <t>30 Jan 2026</t>
         </is>
       </c>
+      <c r="FA1" s="1" t="inlineStr">
+        <is>
+          <t>31 Jan 2026</t>
+        </is>
+      </c>
+      <c r="FB1" s="1" t="inlineStr">
+        <is>
+          <t>1 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FC1" s="1" t="inlineStr">
+        <is>
+          <t>2 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FD1" s="1" t="inlineStr">
+        <is>
+          <t>3 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FE1" s="1" t="inlineStr">
+        <is>
+          <t>4 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FF1" s="1" t="inlineStr">
+        <is>
+          <t>5 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FG1" s="1" t="inlineStr">
+        <is>
+          <t>6 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FH1" s="1" t="inlineStr">
+        <is>
+          <t>7 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FI1" s="1" t="inlineStr">
+        <is>
+          <t>8 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FJ1" s="1" t="inlineStr">
+        <is>
+          <t>9 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FK1" s="1" t="inlineStr">
+        <is>
+          <t>10 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FL1" s="1" t="inlineStr">
+        <is>
+          <t>11 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FM1" s="1" t="inlineStr">
+        <is>
+          <t>12 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FN1" s="1" t="inlineStr">
+        <is>
+          <t>13 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FO1" s="1" t="inlineStr">
+        <is>
+          <t>14 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FP1" s="1" t="inlineStr">
+        <is>
+          <t>15 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FQ1" s="1" t="inlineStr">
+        <is>
+          <t>16 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FR1" s="1" t="inlineStr">
+        <is>
+          <t>17 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FS1" s="1" t="inlineStr">
+        <is>
+          <t>18 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FT1" s="1" t="inlineStr">
+        <is>
+          <t>19 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FU1" s="1" t="inlineStr">
+        <is>
+          <t>20 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FV1" s="1" t="inlineStr">
+        <is>
+          <t>21 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FW1" s="1" t="inlineStr">
+        <is>
+          <t>22 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FX1" s="1" t="inlineStr">
+        <is>
+          <t>23 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FY1" s="1" t="inlineStr">
+        <is>
+          <t>24 Feb 2026</t>
+        </is>
+      </c>
+      <c r="FZ1" s="1" t="inlineStr">
+        <is>
+          <t>25 Feb 2026</t>
+        </is>
+      </c>
+      <c r="GA1" s="1" t="inlineStr">
+        <is>
+          <t>26 Feb 2026</t>
+        </is>
+      </c>
+      <c r="GB1" s="1" t="inlineStr">
+        <is>
+          <t>27 Feb 2026</t>
+        </is>
+      </c>
+      <c r="GC1" s="1" t="inlineStr">
+        <is>
+          <t>28 Feb 2026</t>
+        </is>
+      </c>
+      <c r="GD1" s="1" t="inlineStr">
+        <is>
+          <t>1 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GE1" s="1" t="inlineStr">
+        <is>
+          <t>2 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GF1" s="1" t="inlineStr">
+        <is>
+          <t>3 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GG1" s="1" t="inlineStr">
+        <is>
+          <t>4 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GH1" s="1" t="inlineStr">
+        <is>
+          <t>5 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GI1" s="1" t="inlineStr">
+        <is>
+          <t>6 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GJ1" s="1" t="inlineStr">
+        <is>
+          <t>7 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GK1" s="1" t="inlineStr">
+        <is>
+          <t>8 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GL1" s="1" t="inlineStr">
+        <is>
+          <t>9 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GM1" s="1" t="inlineStr">
+        <is>
+          <t>10 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GN1" s="1" t="inlineStr">
+        <is>
+          <t>11 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GO1" s="1" t="inlineStr">
+        <is>
+          <t>12 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GP1" s="1" t="inlineStr">
+        <is>
+          <t>13 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GQ1" s="1" t="inlineStr">
+        <is>
+          <t>14 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GR1" s="1" t="inlineStr">
+        <is>
+          <t>15 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GS1" s="1" t="inlineStr">
+        <is>
+          <t>16 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GT1" s="1" t="inlineStr">
+        <is>
+          <t>17 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GU1" s="1" t="inlineStr">
+        <is>
+          <t>18 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GV1" s="1" t="inlineStr">
+        <is>
+          <t>19 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GW1" s="1" t="inlineStr">
+        <is>
+          <t>20 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GX1" s="1" t="inlineStr">
+        <is>
+          <t>21 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GY1" s="1" t="inlineStr">
+        <is>
+          <t>22 Mar 2026</t>
+        </is>
+      </c>
+      <c r="GZ1" s="1" t="inlineStr">
+        <is>
+          <t>23 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HA1" s="1" t="inlineStr">
+        <is>
+          <t>24 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HB1" s="1" t="inlineStr">
+        <is>
+          <t>25 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HC1" s="1" t="inlineStr">
+        <is>
+          <t>26 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HD1" s="1" t="inlineStr">
+        <is>
+          <t>27 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HE1" s="1" t="inlineStr">
+        <is>
+          <t>28 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HF1" s="1" t="inlineStr">
+        <is>
+          <t>29 Mar 2026</t>
+        </is>
+      </c>
+      <c r="HG1" s="1" t="inlineStr">
+        <is>
+          <t>30 Mar 2026</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>aakanksha</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>-</t>
@@ -1993,51 +2288,346 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV2" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW2" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX2" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY2" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ2" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW2" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HA2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF2" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG2" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>ankita</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
@@ -2778,50 +3368,345 @@
       <c r="EV3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ3" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF3" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG3" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>virat</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>-</t>
@@ -3557,50 +4442,345 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV4" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW4" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX4" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY4" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ4" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM4" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD4" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF4" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG4" t="inlineStr">
+        <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>shraddha</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
@@ -4342,50 +5522,345 @@
       <c r="EV5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF5" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>dave</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Full-Day</t>
@@ -5124,50 +6599,345 @@
       <c r="EV6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ6" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT6" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FU6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX6" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FY6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB6" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GC6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN6" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GO6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV6" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW6" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GX6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HA6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF6" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG6" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>rohan</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>-</t>
@@ -5906,50 +7676,345 @@
       <c r="EV7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ7" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF7" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG7" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>nikita</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>-</t>
@@ -6685,51 +8750,346 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV8" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW8" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX8" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY8" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ8" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD8" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FE8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL8" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FM8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU8" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FV8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD8" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF8" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG8" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>amrita</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
@@ -7470,50 +9830,345 @@
       <c r="EV9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ9" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF9" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG9" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>vanshika</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>-</t>
@@ -8252,50 +10907,345 @@
       <c r="EV10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ10" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF10" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG10" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>kartik</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Full-Day</t>
@@ -9034,50 +11984,345 @@
       <c r="EV11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EW11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ11" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
+      <c r="FA11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GG11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GW11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HA11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF11" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG11" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>swarnadeep</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>-</t>
@@ -9813,51 +13058,346 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV12" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW12" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX12" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY12" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ12" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC12" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FD12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV12" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HA12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF12" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG12" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>aneesh</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
@@ -10598,55 +14138,350 @@
       <c r="EV13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ13" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
+      <c r="FA13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF13" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG13" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>shashank</t>
+          <t>juhika</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>-</t>
@@ -11132,3996 +14967,5471 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CZ14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DA14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DB14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DC14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DD14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF14" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DG14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DH14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DI14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DJ14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DK14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DN14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DO14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DP14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DQ14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DR14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DU14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DV14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DW14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DY14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EB14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EC14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ED14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EE14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EF14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EI14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EJ14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EK14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EL14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EM14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EP14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EQ14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ER14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ES14" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ET14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU14" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW14" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EX14" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EY14" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EZ14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA14" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB14" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC14" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD14" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF14" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG14" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>shreyes</t>
+          <t>chetanya</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="T15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="U15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="V15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="W15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="X15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AD15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AE15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AH15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AI15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AJ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AL15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AO15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AP15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AQ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AR15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AS15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AV15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AW15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AX15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AY15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AZ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BJ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BK15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BL15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BM15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BQ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BR15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BS15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BT15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BU15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BX15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BY15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BZ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CB15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CE15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CF15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CG15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CH15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CI15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CL15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CM15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CN15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CO15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CP15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CS15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CT15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CU15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CV15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CW15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CZ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DD15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DG15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DH15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DI15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DJ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DK15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DN15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DO15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DP15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DQ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DR15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DU15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DV15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DW15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DY15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="ED15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EE15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EF15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EI15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EJ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EK15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EL15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EM15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EN15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EO15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EP15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EQ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="ER15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="ES15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="ET15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EU15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EV15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EW15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EX15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EY15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EZ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM15" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr">
-[...744 lines deleted...]
-      <c r="EZ15" t="inlineStr">
+      <c r="GN15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD15" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF15" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG15" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>sakshi</t>
+          <t>shashank</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="X16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AA16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AB16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AC16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AD16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AE16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AF16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AG16" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AH16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AI16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AJ16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AK16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AL16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AO16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AP16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AQ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AR16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AS16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AT16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AU16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AV16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AW16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AX16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AY16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AZ16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BC16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BD16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BE16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BF16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BG16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BH16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BI16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BJ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BK16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BL16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BM16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BN16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BQ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BR16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BS16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BT16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BU16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BX16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BY16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BZ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CA16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CB16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CE16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CF16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CG16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CH16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CI16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CL16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CM16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CN16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CO16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CP16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CS16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CT16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CU16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CV16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CW16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CZ16" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DA16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DB16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DC16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DD16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF16" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="DG16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DH16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DI16" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DJ16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DK16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DN16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DO16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DP16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DQ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DR16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DU16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DV16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DW16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DY16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA16" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EB16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EC16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ED16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EE16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EF16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EI16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EJ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EK16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EL16" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EM16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EP16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EQ16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ER16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ES16" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ET16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU16" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW16" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EX16" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EY16" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA16" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB16" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GC16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD16" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF16" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG16" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>kailash</t>
+          <t>shreyes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="X17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AA17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AB17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AC17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AE17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG17" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AE17" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AH17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AI17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AJ17" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK17" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="AK17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AL17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AO17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AP17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AQ17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AR17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AS17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AT17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AU17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="AV17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AW17" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AX17" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AY17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AZ17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB17" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI17" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="BC17" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="BJ17" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
       <c r="BK17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="BL17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="BM17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="BN17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="BQ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BR17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BS17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BT17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BU17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="BX17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BY17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BZ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CA17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="CB17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="CE17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CF17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CG17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CH17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CI17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CL17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CM17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CN17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CO17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CP17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CS17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CT17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CU17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CV17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CW17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CZ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DA17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DB17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DC17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DD17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DG17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DH17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="DI17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="DJ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DK17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DN17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DO17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DP17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DQ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DR17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DU17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DV17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DW17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DY17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EB17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EC17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="ED17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EE17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EF17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EI17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EJ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EK17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EL17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EM17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EP17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EQ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="ER17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="ES17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="ET17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU17" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV17" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EX17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EY17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EZ17" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE17" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FF17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG17" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FH17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL17" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FM17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS17" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FT17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX17" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FY17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL17" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GM17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB17" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF17" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG17" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>akanksha</t>
+          <t>sakshi</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="T18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="U18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="W18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="X18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AA18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AB18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AC18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AD18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AE18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG18" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="G18" t="inlineStr">
-[...39 lines deleted...]
-      <c r="O18" t="inlineStr">
+      <c r="AH18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AI18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AJ18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AL18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AO18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AP18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AS18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AW18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AX18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AY18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AZ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BJ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BK18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BL18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BM18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BN18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BQ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BR18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BS18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BT18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BU18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BX18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BY18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BZ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CA18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CB18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CE18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CF18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CG18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CH18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CI18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CL18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CM18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CN18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CO18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CP18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CS18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CT18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CU18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CV18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CW18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CZ18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="P18" t="inlineStr">
-[...54 lines deleted...]
-      <c r="AA18" t="inlineStr">
+      <c r="DA18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DB18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DC18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DD18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DG18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DH18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DI18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AB18" t="inlineStr">
-[...74 lines deleted...]
-      <c r="AQ18" t="inlineStr">
+      <c r="DJ18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DK18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DN18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DO18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DP18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DQ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DR18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DU18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DV18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DW18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DY18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AR18" t="inlineStr">
-[...119 lines deleted...]
-      <c r="BP18" t="inlineStr">
+      <c r="EB18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EC18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ED18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EE18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EF18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EI18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EJ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EK18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EL18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EM18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EN18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EO18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EP18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EQ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ER18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ES18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ET18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EU18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EV18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EW18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EX18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EY18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EZ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX18" t="inlineStr">
+        <is>
+          <t>Half-Day</t>
+        </is>
+      </c>
+      <c r="FY18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GC18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="BQ18" t="inlineStr">
+      <c r="GJ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="BR18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BS18" t="inlineStr">
+      <c r="GN18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV18" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ18" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="BT18" t="inlineStr">
-[...421 lines deleted...]
-          <t>-</t>
+      <c r="HA18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF18" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG18" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>jhansi</t>
+          <t>kailash</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="T19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="X19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AA19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AB19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AC19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AD19" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AE19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AH19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AI19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AJ19" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="G19" t="inlineStr">
+      <c r="AK19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AL19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AO19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AP19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AS19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AW19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AX19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AY19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AZ19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB19" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...94 lines deleted...]
-      <c r="AA19" t="inlineStr">
+      <c r="BC19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI19" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BJ19" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="AB19" t="inlineStr">
-[...173 lines deleted...]
-      </c>
       <c r="BK19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BL19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BM19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BN19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BQ19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BR19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BS19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BT19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BU19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW19" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BX19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BY19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BZ19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CA19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CB19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CE19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CF19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CG19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CH19" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CI19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CL19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CM19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CN19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CO19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CP19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CS19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CT19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CU19" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CV19" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CW19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CZ19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DA19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DB19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DC19" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DD19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DG19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DH19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DI19" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DJ19" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DK19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL19" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DN19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DO19" t="inlineStr">
         <is>
           <t>-</t>
@@ -15286,504 +20596,799 @@
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD19" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF19" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG19" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>tushar</t>
+          <t>akanksha</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="O20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="Q20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="W20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="X20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AA20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="AB20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AC20" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AE20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AF20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AG20" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AH20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AI20" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AJ20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AK20" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AL20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN20" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AO20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AP20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ20" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AR20" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="AO20" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AQ20" t="inlineStr">
+      <c r="AS20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AW20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AX20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AY20" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="AR20" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AU20" t="inlineStr">
+      <c r="AZ20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BJ20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BK20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BL20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BM20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BN20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP20" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BQ20" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BR20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BS20" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BT20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BU20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BX20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BY20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BZ20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CA20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CB20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CE20" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CF20" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="AV20" t="inlineStr">
-[...183 lines deleted...]
-      </c>
       <c r="CG20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CH20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CI20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CL20" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CM20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CN20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CO20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CP20" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ20" t="inlineStr">
         <is>
           <t>Weekends</t>
@@ -16068,304 +21673,599 @@
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD20" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF20" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG20" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>pallavi</t>
+          <t>jhansi</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="O21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="Q21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="T21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="W21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="X21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AA21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AB21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AC21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AF21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AG21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AH21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AI21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AJ21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AK21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AL21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AO21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AP21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AQ21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AR21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AS21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AT21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AU21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AV21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AW21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AX21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AY21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AZ21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BC21" t="inlineStr">
         <is>
           <t>-</t>
@@ -16376,533 +22276,828 @@
           <t>-</t>
         </is>
       </c>
       <c r="BE21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BF21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BG21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BH21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BI21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="BJ21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BK21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BL21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BM21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BN21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BQ21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BR21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BS21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BT21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BU21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="BX21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BY21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BZ21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CA21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="CB21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD21" t="inlineStr">
         <is>
-          <t>Half-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="CE21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CF21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CG21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CH21" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>None</t>
         </is>
       </c>
       <c r="CI21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CL21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CM21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
       <c r="CN21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CO21" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="CP21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
       <c r="CS21" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CT21" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CU21" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="CU21" t="inlineStr">
+      <c r="CV21" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CW21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY21" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CZ21" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DA21" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DB21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="CV21" t="inlineStr">
+      <c r="DC21" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DD21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="CW21" t="inlineStr">
-[...24 lines deleted...]
-      <c r="DB21" t="inlineStr">
+      <c r="DG21" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DH21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="DC21" t="inlineStr">
-[...14 lines deleted...]
-      <c r="DF21" t="inlineStr">
+      <c r="DI21" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DJ21" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="DG21" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="DK21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DN21" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DO21" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DP21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DQ21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DR21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DU21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DV21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DW21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DY21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EB21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EC21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ED21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EE21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EF21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EI21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EJ21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EK21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EL21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EM21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EP21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EQ21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ER21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ES21" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ET21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU21" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EX21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EZ21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD21" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF21" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG21" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>yesha</t>
+          <t>tushar</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>-</t>
@@ -16998,156 +23193,156 @@
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AA22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AB22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AC22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AF22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AG22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AH22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AI22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AJ22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AK22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AL22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AO22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AP22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AQ22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AR22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AS22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AT22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AU22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="AV22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AW22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AX22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AY22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AZ22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BC22" t="inlineStr">
         <is>
           <t>-</t>
@@ -17158,56 +23353,56 @@
           <t>-</t>
         </is>
       </c>
       <c r="BE22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BF22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BG22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BH22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BI22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="BJ22" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="BK22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BL22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BM22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BN22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO22" t="inlineStr">
         <is>
           <t>Weekends</t>
@@ -17508,183 +23703,478 @@
           <t>-</t>
         </is>
       </c>
       <c r="DW22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DY22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EB22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EC22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ED22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EE22" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EF22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EI22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EJ22" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EK22" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EL22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EM22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EP22" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EQ22" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ER22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="ES22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ET22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU22" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EX22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EY22" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EZ22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD22" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF22" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG22" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>mebashngain</t>
+          <t>pallavi</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>-</t>
@@ -17730,3334 +24220,4514 @@
           <t>-</t>
         </is>
       </c>
       <c r="O23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="P23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="Q23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S23" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="T23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="U23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="V23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="W23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="X23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AA23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AB23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AC23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AD23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AE23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AH23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AI23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AJ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AL23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AO23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AP23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AQ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AR23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AS23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AV23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AW23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AX23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AY23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AZ23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BJ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BK23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BL23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BM23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BQ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BR23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BS23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BT23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BU23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BX23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BY23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BZ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CA23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CB23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD23" t="inlineStr">
+        <is>
+          <t>Half-Day</t>
+        </is>
+      </c>
+      <c r="CE23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CF23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CG23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CH23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CI23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CL23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CM23" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CN23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CO23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CP23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR23" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CS23" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CT23" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="T23" t="inlineStr">
-[...393 lines deleted...]
-      </c>
       <c r="CU23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="CV23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="CW23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY23" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="CZ23" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="DA23" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="DB23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DC23" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DD23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DG23" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="DH23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DI23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DJ23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DK23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DN23" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="DO23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="DP23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DQ23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DR23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DU23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DV23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DW23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX23" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="DY23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EB23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EC23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ED23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EE23" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EF23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EI23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EJ23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EK23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EL23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EM23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EP23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EQ23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ER23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ES23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="ET23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU23" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EX23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EY23" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EZ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD23" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF23" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG23" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>rajat</t>
+          <t>yesha</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="J24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O24" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="T24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="U24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="V24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="W24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="X24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AA24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AB24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AC24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AD24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AE24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AH24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AI24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AJ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AL24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AO24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AP24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AQ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AR24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AS24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AV24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AW24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AX24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AY24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AZ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BJ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BK24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BL24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BM24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BQ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BR24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BS24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BT24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BU24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BX24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BY24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BZ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CA24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CB24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CE24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CF24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CG24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CH24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CI24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CL24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CM24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CN24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CO24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CP24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CS24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CT24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CU24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CV24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CW24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CZ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DA24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DB24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DC24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DD24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DG24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DH24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DI24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DJ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DK24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DN24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DO24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DP24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DQ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DR24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DU24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DV24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DW24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DY24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA24" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="Q24" t="inlineStr">
-[...44 lines deleted...]
-      <c r="Z24" t="inlineStr">
+      <c r="EB24" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AA24" t="inlineStr">
-[...69 lines deleted...]
-      <c r="AO24" t="inlineStr">
+      <c r="EC24" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AP24" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AR24" t="inlineStr">
+      <c r="ED24" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AS24" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AV24" t="inlineStr">
+      <c r="EE24" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="EF24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH24" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AW24" t="inlineStr">
-[...448 lines deleted...]
-      </c>
       <c r="EI24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="EJ24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EK24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="EL24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EM24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="EP24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="EQ24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="ER24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="ES24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="ET24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU24" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="EX24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="EY24" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="EZ24" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FA24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC24" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FD24" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FE24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF24" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FG24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD24" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF24" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG24" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>aachal</t>
+          <t>mebashngain</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Full-day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="J25" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O25" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="U25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="V25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="W25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="X25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AB25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AC25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AD25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AE25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AH25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AI25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AJ25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AL25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AO25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AP25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AS25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AW25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AX25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AY25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AZ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BJ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BK25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BL25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BM25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BQ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BR25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BS25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BT25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BU25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BX25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BY25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BZ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CB25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CE25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CF25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CG25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CH25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CI25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CL25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CM25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CN25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CO25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CP25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CS25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CT25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CU25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CV25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CW25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CZ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DB25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DC25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DD25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DG25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DH25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DI25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DJ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DK25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DN25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DO25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DP25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DQ25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DR25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DU25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DV25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DW25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DY25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EB25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EC25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ED25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EE25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EF25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EI25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EJ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EK25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EL25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EM25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EN25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EO25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EP25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EQ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ER25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ES25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ET25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EU25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EV25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EW25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EX25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EY25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EZ25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FA25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FE25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FN25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FT25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GC25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO25" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GP25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT25" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="Q25" t="inlineStr">
-[...696 lines deleted...]
-          <t>-</t>
+      <c r="GU25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV25" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HA25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF25" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG25" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>rahulmohapatra</t>
+          <t>rajat</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="J26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="N26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="O26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="T26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="U26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="W26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="X26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Y26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="Z26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>None</t>
         </is>
       </c>
       <c r="AA26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AB26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AC26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AE26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AF26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AG26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AH26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AI26" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AJ26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AK26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="AL26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AM26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AN26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AO26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>None</t>
         </is>
       </c>
       <c r="AP26" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ26" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR26" t="inlineStr">
+        <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AQ26" t="inlineStr">
+      <c r="AS26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU26" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV26" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
-      <c r="AR26" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AW26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AX26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AY26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AZ26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BC26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BD26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BE26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BF26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BG26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BH26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BI26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BJ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BK26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BL26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="BM26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BN26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BQ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BR26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BS26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BT26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BU26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BX26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BY26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BZ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CA26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CB26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CE26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CF26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CG26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CH26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CI26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CL26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CM26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CN26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CO26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CP26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CS26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CT26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CU26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CV26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CW26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CZ26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DA26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DB26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DC26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DD26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DG26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DH26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DI26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DJ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DK26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DN26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DO26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DP26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DQ26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DR26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DU26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DV26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DW26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DY26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EB26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EC26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ED26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EE26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EF26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EI26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EJ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EK26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EL26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EM26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EP26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EQ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ER26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ES26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ET26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU26" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV26" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW26" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EX26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EY26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EZ26" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD26" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF26" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG26" t="inlineStr">
+        <is>
+          <t>-</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>sanika</t>
+          <t>aachal</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>Full-day</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="O27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="P27" t="inlineStr">
+        <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...39 lines deleted...]
-      <c r="P27" t="inlineStr">
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="T27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="U27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="V27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="W27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="X27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AA27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AB27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AC27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AD27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AE27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AH27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AI27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AJ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AL27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AO27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AP27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ27" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR27" t="inlineStr">
         <is>
           <t>Not set</t>
         </is>
       </c>
-      <c r="Q27" t="inlineStr">
-[...138 lines deleted...]
-      </c>
       <c r="AS27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AT27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="AU27" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AV27" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="AW27" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AX27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Full-Day</t>
         </is>
       </c>
       <c r="AY27" t="inlineStr">
         <is>
           <t>Full-Day</t>
         </is>
       </c>
       <c r="AZ27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BA27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BB27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BC27" t="inlineStr">
         <is>
           <t>-</t>
@@ -21068,691 +28738,3199 @@
           <t>-</t>
         </is>
       </c>
       <c r="BE27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BF27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BG27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BH27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BI27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BJ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BK27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BL27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BM27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="BN27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BO27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BP27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BQ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BR27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BS27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BT27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BU27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BV27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="BW27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BX27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BY27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="BZ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CA27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CB27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CC27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CD27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CE27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CF27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CG27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CH27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="CI27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CJ27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CK27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CL27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CM27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CN27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CO27" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CP27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CQ27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CR27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CS27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CT27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CU27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CV27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CW27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CX27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="CY27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="CZ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DA27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DB27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DC27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DD27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DE27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DF27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DG27" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DH27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DI27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DJ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DK27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DL27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DM27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DN27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DO27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DP27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DQ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DR27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DS27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DT27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DU27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DV27" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DW27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="DX27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="DY27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="DZ27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EA27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EB27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EC27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ED27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EE27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EF27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EG27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EH27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EI27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EJ27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EK27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EL27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EM27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EN27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EO27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EP27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EQ27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="ER27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ES27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="ET27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EU27" t="inlineStr">
         <is>
           <t>Weekends</t>
         </is>
       </c>
       <c r="EV27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="EW27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EX27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EY27" t="inlineStr">
         <is>
-          <t>Full-Day</t>
+          <t>-</t>
         </is>
       </c>
       <c r="EZ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FA27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FD27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FE27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FF27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FG27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FH27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FK27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FL27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FM27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FN27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FO27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FR27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FS27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FT27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FU27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FY27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FZ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GA27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GB27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GC27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GH27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GI27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GJ27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GM27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GO27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GP27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GQ27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GT27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GU27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GV27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GX27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HA27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HB27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HC27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HD27" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="HE27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF27" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG27" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="A28" t="inlineStr"/>
-[...154 lines deleted...]
-      <c r="EZ28" t="inlineStr"/>
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>rahulmohapatra</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="O28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="T28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="U28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="V28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="W28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="X28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AA28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AB28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AC28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AD28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AE28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AH28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AI28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AJ28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AL28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AO28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AP28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AQ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AR28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AS28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AV28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AW28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AX28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AY28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AZ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BG28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BJ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BK28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BL28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BM28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BQ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BR28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BS28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BT28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BU28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BX28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="BY28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BZ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CA28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CB28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CE28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CF28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CG28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CH28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CI28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CL28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CM28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CN28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CO28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CP28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CS28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CT28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CU28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CV28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CW28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CZ28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DA28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DB28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DC28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DD28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DG28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DH28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DI28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DJ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DK28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DN28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DO28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DP28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DQ28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DR28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DU28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DV28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DW28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DY28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="EB28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EC28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="ED28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EE28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EF28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EI28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EJ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EK28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="EL28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EM28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EN28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EO28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="EP28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EQ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="ER28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="ES28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="ET28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EU28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EV28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EW28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="EX28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EY28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="EZ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FA28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FD28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FE28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FF28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FG28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FH28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FK28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FL28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FM28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FN28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FO28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FR28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FS28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FT28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FU28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="FV28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FY28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FZ28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GA28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GB28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GC28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GF28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GG28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GH28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GI28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GJ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GM28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GN28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GV28" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ28" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="HA28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC28" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="HE28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF28" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG28" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="inlineStr">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>sanika</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="O29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="U29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="V29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="W29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="X29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Y29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="Z29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AB29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AC29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AD29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AE29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AF29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AG29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AH29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AI29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AJ29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="AK29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AL29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AM29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AN29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AO29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AP29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AQ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AR29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AS29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AT29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="AU29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AV29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="AW29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AX29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="AY29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="AZ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BA29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BB29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BC29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BD29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BE29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BF29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BG29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BH29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BI29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BJ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BK29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BL29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="BM29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="BN29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BO29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BP29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BQ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BR29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BS29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BT29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BU29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BV29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="BW29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BX29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BY29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="BZ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CB29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CC29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CD29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CE29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CF29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CG29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CH29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="CI29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CJ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CK29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CL29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CM29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CN29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CO29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="CP29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CQ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CR29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CS29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CT29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CU29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="CV29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CW29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CX29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="CY29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="CZ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DB29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DC29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DD29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DE29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DF29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DG29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="DH29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DI29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DJ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DK29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DL29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DM29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DN29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DO29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DP29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DQ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DR29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DS29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DT29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DU29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DV29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="DW29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="DX29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="DY29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="DZ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EB29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EC29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ED29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EE29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EF29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EG29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EH29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EI29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EJ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EK29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EL29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EM29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EN29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EO29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EP29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EQ29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="ER29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ES29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="ET29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EU29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="EV29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="EW29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EX29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EY29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="EZ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FA29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FB29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FC29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FD29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FE29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FF29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FG29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FH29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FI29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FJ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FK29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FL29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FM29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="FN29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FO29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FP29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FQ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FR29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FS29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="FT29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FU29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FV29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FW29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="FX29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FY29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="FZ29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GB29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="GC29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GD29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GE29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GF29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GG29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GH29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GI29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GJ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GK29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GL29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GM29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GN29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GO29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GP29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GQ29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GR29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GS29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GT29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GU29" t="inlineStr">
+        <is>
+          <t>Not set</t>
+        </is>
+      </c>
+      <c r="GV29" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="GW29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="GX29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GY29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="GZ29" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="HA29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HB29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HC29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HD29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+      <c r="HE29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HF29" t="inlineStr">
+        <is>
+          <t>Weekends</t>
+        </is>
+      </c>
+      <c r="HG29" t="inlineStr">
+        <is>
+          <t>Full-Day</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr"/>
+      <c r="B30" t="inlineStr"/>
+      <c r="C30" t="inlineStr"/>
+      <c r="D30" t="inlineStr"/>
+      <c r="E30" t="inlineStr"/>
+      <c r="F30" t="inlineStr"/>
+      <c r="G30" t="inlineStr"/>
+      <c r="H30" t="inlineStr"/>
+      <c r="I30" t="inlineStr"/>
+      <c r="J30" t="inlineStr"/>
+      <c r="K30" t="inlineStr"/>
+      <c r="L30" t="inlineStr"/>
+      <c r="M30" t="inlineStr"/>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr"/>
+      <c r="Q30" t="inlineStr"/>
+      <c r="R30" t="inlineStr"/>
+      <c r="S30" t="inlineStr"/>
+      <c r="T30" t="inlineStr"/>
+      <c r="U30" t="inlineStr"/>
+      <c r="V30" t="inlineStr"/>
+      <c r="W30" t="inlineStr"/>
+      <c r="X30" t="inlineStr"/>
+      <c r="Y30" t="inlineStr"/>
+      <c r="Z30" t="inlineStr"/>
+      <c r="AA30" t="inlineStr"/>
+      <c r="AB30" t="inlineStr"/>
+      <c r="AC30" t="inlineStr"/>
+      <c r="AD30" t="inlineStr"/>
+      <c r="AE30" t="inlineStr"/>
+      <c r="AF30" t="inlineStr"/>
+      <c r="AG30" t="inlineStr"/>
+      <c r="AH30" t="inlineStr"/>
+      <c r="AI30" t="inlineStr"/>
+      <c r="AJ30" t="inlineStr"/>
+      <c r="AK30" t="inlineStr"/>
+      <c r="AL30" t="inlineStr"/>
+      <c r="AM30" t="inlineStr"/>
+      <c r="AN30" t="inlineStr"/>
+      <c r="AO30" t="inlineStr"/>
+      <c r="AP30" t="inlineStr"/>
+      <c r="AQ30" t="inlineStr"/>
+      <c r="AR30" t="inlineStr"/>
+      <c r="AS30" t="inlineStr"/>
+      <c r="AT30" t="inlineStr"/>
+      <c r="AU30" t="inlineStr"/>
+      <c r="AV30" t="inlineStr"/>
+      <c r="AW30" t="inlineStr"/>
+      <c r="AX30" t="inlineStr"/>
+      <c r="AY30" t="inlineStr"/>
+      <c r="AZ30" t="inlineStr"/>
+      <c r="BA30" t="inlineStr"/>
+      <c r="BB30" t="inlineStr"/>
+      <c r="BC30" t="inlineStr"/>
+      <c r="BD30" t="inlineStr"/>
+      <c r="BE30" t="inlineStr"/>
+      <c r="BF30" t="inlineStr"/>
+      <c r="BG30" t="inlineStr"/>
+      <c r="BH30" t="inlineStr"/>
+      <c r="BI30" t="inlineStr"/>
+      <c r="BJ30" t="inlineStr"/>
+      <c r="BK30" t="inlineStr"/>
+      <c r="BL30" t="inlineStr"/>
+      <c r="BM30" t="inlineStr"/>
+      <c r="BN30" t="inlineStr"/>
+      <c r="BO30" t="inlineStr"/>
+      <c r="BP30" t="inlineStr"/>
+      <c r="BQ30" t="inlineStr"/>
+      <c r="BR30" t="inlineStr"/>
+      <c r="BS30" t="inlineStr"/>
+      <c r="BT30" t="inlineStr"/>
+      <c r="BU30" t="inlineStr"/>
+      <c r="BV30" t="inlineStr"/>
+      <c r="BW30" t="inlineStr"/>
+      <c r="BX30" t="inlineStr"/>
+      <c r="BY30" t="inlineStr"/>
+      <c r="BZ30" t="inlineStr"/>
+      <c r="CA30" t="inlineStr"/>
+      <c r="CB30" t="inlineStr"/>
+      <c r="CC30" t="inlineStr"/>
+      <c r="CD30" t="inlineStr"/>
+      <c r="CE30" t="inlineStr"/>
+      <c r="CF30" t="inlineStr"/>
+      <c r="CG30" t="inlineStr"/>
+      <c r="CH30" t="inlineStr"/>
+      <c r="CI30" t="inlineStr"/>
+      <c r="CJ30" t="inlineStr"/>
+      <c r="CK30" t="inlineStr"/>
+      <c r="CL30" t="inlineStr"/>
+      <c r="CM30" t="inlineStr"/>
+      <c r="CN30" t="inlineStr"/>
+      <c r="CO30" t="inlineStr"/>
+      <c r="CP30" t="inlineStr"/>
+      <c r="CQ30" t="inlineStr"/>
+      <c r="CR30" t="inlineStr"/>
+      <c r="CS30" t="inlineStr"/>
+      <c r="CT30" t="inlineStr"/>
+      <c r="CU30" t="inlineStr"/>
+      <c r="CV30" t="inlineStr"/>
+      <c r="CW30" t="inlineStr"/>
+      <c r="CX30" t="inlineStr"/>
+      <c r="CY30" t="inlineStr"/>
+      <c r="CZ30" t="inlineStr"/>
+      <c r="DA30" t="inlineStr"/>
+      <c r="DB30" t="inlineStr"/>
+      <c r="DC30" t="inlineStr"/>
+      <c r="DD30" t="inlineStr"/>
+      <c r="DE30" t="inlineStr"/>
+      <c r="DF30" t="inlineStr"/>
+      <c r="DG30" t="inlineStr"/>
+      <c r="DH30" t="inlineStr"/>
+      <c r="DI30" t="inlineStr"/>
+      <c r="DJ30" t="inlineStr"/>
+      <c r="DK30" t="inlineStr"/>
+      <c r="DL30" t="inlineStr"/>
+      <c r="DM30" t="inlineStr"/>
+      <c r="DN30" t="inlineStr"/>
+      <c r="DO30" t="inlineStr"/>
+      <c r="DP30" t="inlineStr"/>
+      <c r="DQ30" t="inlineStr"/>
+      <c r="DR30" t="inlineStr"/>
+      <c r="DS30" t="inlineStr"/>
+      <c r="DT30" t="inlineStr"/>
+      <c r="DU30" t="inlineStr"/>
+      <c r="DV30" t="inlineStr"/>
+      <c r="DW30" t="inlineStr"/>
+      <c r="DX30" t="inlineStr"/>
+      <c r="DY30" t="inlineStr"/>
+      <c r="DZ30" t="inlineStr"/>
+      <c r="EA30" t="inlineStr"/>
+      <c r="EB30" t="inlineStr"/>
+      <c r="EC30" t="inlineStr"/>
+      <c r="ED30" t="inlineStr"/>
+      <c r="EE30" t="inlineStr"/>
+      <c r="EF30" t="inlineStr"/>
+      <c r="EG30" t="inlineStr"/>
+      <c r="EH30" t="inlineStr"/>
+      <c r="EI30" t="inlineStr"/>
+      <c r="EJ30" t="inlineStr"/>
+      <c r="EK30" t="inlineStr"/>
+      <c r="EL30" t="inlineStr"/>
+      <c r="EM30" t="inlineStr"/>
+      <c r="EN30" t="inlineStr"/>
+      <c r="EO30" t="inlineStr"/>
+      <c r="EP30" t="inlineStr"/>
+      <c r="EQ30" t="inlineStr"/>
+      <c r="ER30" t="inlineStr"/>
+      <c r="ES30" t="inlineStr"/>
+      <c r="ET30" t="inlineStr"/>
+      <c r="EU30" t="inlineStr"/>
+      <c r="EV30" t="inlineStr"/>
+      <c r="EW30" t="inlineStr"/>
+      <c r="EX30" t="inlineStr"/>
+      <c r="EY30" t="inlineStr"/>
+      <c r="EZ30" t="inlineStr"/>
+      <c r="FA30" t="inlineStr"/>
+      <c r="FB30" t="inlineStr"/>
+      <c r="FC30" t="inlineStr"/>
+      <c r="FD30" t="inlineStr"/>
+      <c r="FE30" t="inlineStr"/>
+      <c r="FF30" t="inlineStr"/>
+      <c r="FG30" t="inlineStr"/>
+      <c r="FH30" t="inlineStr"/>
+      <c r="FI30" t="inlineStr"/>
+      <c r="FJ30" t="inlineStr"/>
+      <c r="FK30" t="inlineStr"/>
+      <c r="FL30" t="inlineStr"/>
+      <c r="FM30" t="inlineStr"/>
+      <c r="FN30" t="inlineStr"/>
+      <c r="FO30" t="inlineStr"/>
+      <c r="FP30" t="inlineStr"/>
+      <c r="FQ30" t="inlineStr"/>
+      <c r="FR30" t="inlineStr"/>
+      <c r="FS30" t="inlineStr"/>
+      <c r="FT30" t="inlineStr"/>
+      <c r="FU30" t="inlineStr"/>
+      <c r="FV30" t="inlineStr"/>
+      <c r="FW30" t="inlineStr"/>
+      <c r="FX30" t="inlineStr"/>
+      <c r="FY30" t="inlineStr"/>
+      <c r="FZ30" t="inlineStr"/>
+      <c r="GA30" t="inlineStr"/>
+      <c r="GB30" t="inlineStr"/>
+      <c r="GC30" t="inlineStr"/>
+      <c r="GD30" t="inlineStr"/>
+      <c r="GE30" t="inlineStr"/>
+      <c r="GF30" t="inlineStr"/>
+      <c r="GG30" t="inlineStr"/>
+      <c r="GH30" t="inlineStr"/>
+      <c r="GI30" t="inlineStr"/>
+      <c r="GJ30" t="inlineStr"/>
+      <c r="GK30" t="inlineStr"/>
+      <c r="GL30" t="inlineStr"/>
+      <c r="GM30" t="inlineStr"/>
+      <c r="GN30" t="inlineStr"/>
+      <c r="GO30" t="inlineStr"/>
+      <c r="GP30" t="inlineStr"/>
+      <c r="GQ30" t="inlineStr"/>
+      <c r="GR30" t="inlineStr"/>
+      <c r="GS30" t="inlineStr"/>
+      <c r="GT30" t="inlineStr"/>
+      <c r="GU30" t="inlineStr"/>
+      <c r="GV30" t="inlineStr"/>
+      <c r="GW30" t="inlineStr"/>
+      <c r="GX30" t="inlineStr"/>
+      <c r="GY30" t="inlineStr"/>
+      <c r="GZ30" t="inlineStr"/>
+      <c r="HA30" t="inlineStr"/>
+      <c r="HB30" t="inlineStr"/>
+      <c r="HC30" t="inlineStr"/>
+      <c r="HD30" t="inlineStr"/>
+      <c r="HE30" t="inlineStr"/>
+      <c r="HF30" t="inlineStr"/>
+      <c r="HG30" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Note: 1. None OR Not-Set can be: Present, Half-Day, or Absent; 2. Dash ("-") is: Absent/Employee left</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A29:EZ29"/>
+    <mergeCell ref="A31:HG31"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>